--- v0 (2025-10-03)
+++ v1 (2026-03-18)
@@ -1,6422 +1,5875 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+    <w:p w14:paraId="1FC5CB4B" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...26 lines deleted...]
-        <w:r w:rsidRPr="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     Соглашение между пользователем сайта </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00787ECC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:color w:val="005BD1"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>www.tek-transport.ru</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00876A56">
-[...32 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и компанией ООО «Тек-транспорт»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0214D14B" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+    <w:p w14:paraId="73ADE3F0" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...38 lines deleted...]
-        <w:r w:rsidRPr="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ООО «Тек-транспорт»  (далее по тексту – «Тек-транспорт») предлагает Пользователям использовать сервис для поиска и покупки билетов на автобусы, размещенный на интернет-портале </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00787ECC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:color w:val="005BD1"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>www.tek-transport.ru</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00876A56">
-[...32 lines deleted...]
-        <w:r w:rsidRPr="00876A56">
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(далее - tek-transport.ru) на условиях, изложенных в настоящем Пользовательском соглашении (далее – Соглашение). Соглашение может быть изменено Тек-транспорт  без какого-либо специального уведомления, новая редакция Соглашения вступает в силу с момента ее размещения на </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00787ECC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:color w:val="005BD1"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>www.tek-transport.ru</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00876A56">
-[...20 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, если иное не предусмотрено новой редакцией Соглашения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="710E6925" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...56 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Воспользовавшись любой функциональной возможностью tek-transport.ru, Пользователь выражает свое безоговорочное согласие со всеми условиями настоящего Соглашения и обязуется их соблюдать или прекратить использование tek-transport.ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50E4A40E" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...58 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Для того, чтобы воспользоваться сервисом для поиска и бронирования билетов на автобусы, размещенном на </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>tek-transport.ru  Пользователю</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> необходимо иметь компьютер и доступ в Интернет. Все вопросы приобретения прав доступа в Интернет, покупки и наладки соответствующего оборудования и программных продуктов решаются Пользователем самостоятельно и не подпадают под действие настоящего Соглашения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E76916A" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...56 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пользователями сервиса для поиска и покупки билетов на автобусы tek-transport.ru являются все лица, использующую любую функциональную возможность tek-transport.ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55B571AA" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...38 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Обслуживание клиентов производится ООО «Тек-транспорт», зарегистрированным и действующим в соответствии с законодательством Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CD65ECD" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...8 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Вся инфраструктура </w:t>
       </w:r>
-      <w:r w:rsidRPr="00876A56">
-[...62 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>tek-transport.ru  а</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> также его программное обеспечение и информация, размещенная на нем, является </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>собственностью Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за исключением информации, предоставленной поставщиками услуг (компаниями перевозчиками).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36FFA25C" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...36 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Покупка Пользователем билета на tek-transport.ru (заканчивается нажатием кнопки "Купить", следующей за формой предоставления личных данных) равносильна акцепту им оферты, то есть окончательному согласию Пользователя со всеми условиями настоящего Соглашения и его подписанию обеими сторонами</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08046CA1" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Правила пользования </w:t>
-[...44 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+        <w:t>Правила пользования интернет-порталом www.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>tek-transport.ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CC821B9" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...8 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Принимая условия настоящего Соглашения, Пользователь подтверждает:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+    <w:p w14:paraId="14C289C1" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="1920"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...38 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">свою правоспособность и дееспособность – Пользователь имеет право заключать настоящее Соглашение от своего имени и прочих лиц, которыми Пользователь юридически уполномочен, а также вступать в любые договорные отношения, вытекающие из пользования возможностями tek-transport.ru заключать договоры </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>на приобретение услуг с компаниями-перевозчиками, оплачивать услуги компаний-перевозчиков);</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+        <w:t>на приобретение услуг с компаниями-перевозчиками,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оплачивать услуги компаний-перевозчиков);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="062B78E6" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="1920"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в случае действия в интересах третьих лиц,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пользователь обязуется проинформировать таких лиц об условиях бронирования/покупки, которые он производит в их интересах, включая все правила и ограничения, применимые к этому бронированию/покупке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CC9C37B" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="1920"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...36 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>согласие о личной ответственности за обстоятельства, возложенные на него в результате заключения настоящего Соглашения и использование сервиса для поиска и покупки билетов на автобусы, размещенного на tek-transport.ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="735D1ACD" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="1920"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...56 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>достоверность вводимых им при работе с tek-transport.ru личных и персональных данных пассажиров, вносимых на </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>tek-transport.ru,  принимая</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на себя всю ответственность за их точность и полноту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55DA1180" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="1920"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...36 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>согласие с тем, что все договоры о предоставлении услуг перевозки, доступных на tek-transport.ru.  Пользователь заключает напрямую с поставщиками данных услуг (компаниями-перевозчиками);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29DE2C0D" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="1920"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...8 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>понимание того, что любое нарушение законных требований компании-перевозчика, а также самостоятельный отказ от уже забронированных и оплаченных услуг, может привести к аннуляции бронирования и/или билетов, возможным финансовым потерям со стороны Пользователя и отказу в доступе к </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="00876A56">
+      <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00787ECC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:color w:val="F9253F"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>www.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00876A56">
-[...20 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>tek-transport.ru;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B4CAC50" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="1920"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...8 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">согласие о личной ответственности за подготовку всех документов, необходимых для совершения поездки: Пользователю/Пассажиру следует самостоятельно ознакомиться с требованиями таможенного, паспортного, визового и иного контроля стран на выбранном маршруте, в </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т.ч.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> касающихся сроков действия документов, удостоверяющих личность и правилами провоза багажа, груза и ценностей. Пользователь/Пассажир принимает на себя всю ответственность за подготовку всех необходимых для поездки документов, таких как виза, действительный паспорт, документы необходимые для выезда несовершеннолетних детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="577B5EBD" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="1920"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...58 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">понимание того, что билет (Электронный билет/Маршрутная квитанция) формируется в соответствии с актуальной информацией об услугах компаний-перевозчиков, которая предоставлена </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>компаниями-перевозчиками Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> расположена на tek-transport.ru в том виде, в котором она получена;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32EE6528" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="1920"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...8 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>понимание того, что:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+    <w:p w14:paraId="7EAB89F7" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...8 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>компания-перевозчик несет ответственность за предоставление услуги по перевозке Пользователя/пассажира или третьих лиц, указанных в билете;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
-[...12 lines deleted...]
-          <w:color w:val="424543"/>
+    <w:p w14:paraId="15D8D227" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>компания-перевозчик несет ответственность за задержку, отмену и/или перенос своих рейсов на условиях, указанных в </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="00876A56">
+      <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00787ECC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:color w:val="F9253F"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>Уставе автомобильного транспорта и городского наземного электрического транспорта (ФЗ №259-ФЗ от 08.11.2007)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> и </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="00876A56">
+      <w:hyperlink r:id="rId10" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00787ECC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:color w:val="F9253F"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>«Правилах перевозок пассажиров и багажа автомобильным транспортом и городским наземным электрическим транспортом», утвержденных Постановлением Правительства РФ от 01.10.2020 г. №1586</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="00876A56">
+      <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00787ECC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:color w:val="005BD1"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>http://www.consultant.ru/document/cons_doc_LAW_72388/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...20 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) и Правилах перевозчика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A02DABD" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...8 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>компания-перевозчик несет ответственность за уровень обслуживания на своих рейсах.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+    <w:p w14:paraId="1A8E63D2" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...78 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пользователь может сохранять на цифровое устройство, выводить на печать и использовать информацию, размещенную на tek-transport.ru, исключительно в целях личного, некоммерческого использования. Любое использование (в т. ч. цитирование) информации, размещенной на </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>tek-transport.ru,  коммерческих</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> целях возможно только при наличии письменного </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>разрешения Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-транспорт.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63983CFD" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Описание услуг, предоставляемых сервисом для поиска и покупки билетов на автобусы </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="00876A56">
+      <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00787ECC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:color w:val="F9253F"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="30"/>
             <w:szCs w:val="30"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>www.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00876A56">
-[...20 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>tek-transport.ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62689D9C" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...38 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сервис для поиска и покупки билетов на автобусы, принадлежащий ООО «Тек-транспорт», предназначен исключительно для того, чтобы помогать Пользователям организовывать свои поездки, предоставлять Пользователям информацию о расписании автобусов и предложениях компаний-перевозчиков, обеспечивать Пользователям доступ к самостоятельному бронированию, оплате и оформлению электронных билетов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6273527F" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...46 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Tek-transport.ru содержит информацию о расписании автобусов, наличии мест, размерах тарифов (включая все налоги и сборы) на перевозки и правилах их применения, в том виде, в котором ее передают </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>tek-transport.ru  поставщики</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуг (компании-перевозчики) или их полномочные представители, как самостоятельно, так и через глобальные или локальные дистрибутивные системы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D30B065" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...8 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Все договоры о предоставлении услуг пассажирской перевозки, информация о которых размещена на </w:t>
       </w:r>
-      <w:r w:rsidRPr="00876A56">
-[...20 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>tek-transport.ru  заключаются</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пользователем напрямую с поставщиками данных услуг (компаниями-перевозчиками) в процессе оформления и покупки билетов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FEBFFDC" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Правила бронирования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+    <w:p w14:paraId="2BC38DCA" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...9 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Все предложения, цены, а также условия продажи билетов могут быть изменены поставщиками услуг (компаниями-перевозчиками) и/или Тек-транспорт  (по поручению компании-перевозчика) без предварительного уведомления Пользователя, ограничены по времени, наличию мест и срокам предварительного заказа, датам проезда, факторами выходных дней и праздников, сезонными колебаниями цен, а также временной неработоспособностью глобальных и локальных дистрибутивных систем, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>инвенторных</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>систем бронирования компаний-перевозчиков и/или подвержены другим</w:t>
-[...13 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+        <w:t>систем бронирования компаний-перевозчиков и/или подвержены другим изменениям, условиям и ограничениям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08234352" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...38 lines deleted...]
-        <w:r w:rsidRPr="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Условия любых изменений в оформленных билетах, отказа от услуг, частичного и полного возврата, равно как и другие условия оказания услуг компаниями-перевозчиками, регламентируются </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00787ECC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:color w:val="F9253F"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>Уставом автомобильного транспорта и городского наземного электрического транспорта (ФЗ №259-ФЗ от 08.11.2007)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="00876A56">
+      <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00787ECC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:color w:val="F9253F"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>Правилами перевозок пассажиров и багажа автомобильным транспортом и городским наземным электрическим транспортом», утвержденных Постановлением Правительства РФ от 01.10.2020 г. №1586</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...42 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (http://www.consultant.ru/document/cons_doc_LAW_72388/) Условиями компании-перевозчика, настоящим Соглашением, а также законодательством РФ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BDA5876" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...58 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Условия компании-перевозчика отображаются в системе бронирования в том виде, в котором они передаются поставщиками услуг (компаниями-перевозчиками). В случае, если Пользователь не может воспринять/оценить полноту и смысл информации из информации, размещенной на </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>tek-transport.ru  он</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> может перед совершением оплаты и/или бронирования услуг связаться с оператором по телефонам 8 (8552) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>99999-1</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для уточнения и разъяснения информации. В случае необходимости получить/уточнить информацию о предстоящей поездке по уже купленному билету, Пользователь вправе связаться с оператором по телефонам 8 (8552) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>99999-1</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="12807F23" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...8 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>При бронировании билетов на рейсы в пределах РФ Фамилия Имя и Отчество (ФИО) пассажиров с российским гражданством вводятся на русском языке. При бронировании билетов на международные рейсы и на рейсы в пределах РФ (если Вы едете по национальному или заграничному паспорту) ФИО пассажиров вводятся в латинском регистре.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+    <w:p w14:paraId="669A1424" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...50 lines deleted...]
-        <w:r w:rsidR="005F6202" w:rsidRPr="002926E4">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>При оформлении Электронного билета Пользователь указывает персональные данные Пассажира как в документе и на языке, который указан в документе, используемом в поездке. Если документ оформлен на нескольких языках, Пользователь обязуется самостоятельно ознакомиться с правилами паспортного контроля на выбранном маршруте. Пользователь вправе, перед совершением оплаты и/или бронирования Электронного билета, связаться с оператором колл-центра по телефону 8 (8552)99999-1 или по электронной почте 2000.tek@mail</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00787ECC">
           <w:rPr>
-            <w:rStyle w:val="a3"/>
-[...12 lines deleted...]
-            <w:szCs w:val="23"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>@</w:t>
+          <w:t>.ru</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...52 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> для уточнения и разъяснения информации, получения рекомендаций по оформлению Электронного билета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+    <w:p w14:paraId="40038C49" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...8 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Пользователь обязан указывать только достоверные и точные личные данные при оформлении Электронного билета, как собственные, так и третьих лиц, в пользу которых оформляется Электронный билет. Пользователь/Пассажир самостоятельно несет все риски, связанные с не указанием/ненадлежащим указанием персональных данных лиц (в </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...24 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т.ч.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в части языка ввода персональных данных), в пользу которых оформлен Электронный билет, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>а также с ненадлежащим уведомлением Пассажира о заключении и/или изменении условий договора перевозки. В случае предоставления Пользователем недостоверной/некорректной информации при оформлении Электронного билета, риск отказа в предоставлении услуги по перевозке/сложностей при прохождении таможенного контроля лежит на Пользователе.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+    <w:p w14:paraId="632992E0" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...38 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Заказы, оформленные Пользователем, носят окончательный характер. Сразу же после поступления от Пользователя сформированного заказа и его полной оплаты</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  приступает</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к оформлению билетов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CF48AB8" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...8 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Все билеты оформляются только после совершения Пользователем оплаты (при оплате платежной картой - после соответствующей проверки прохождения транзакции оплаты по платежной карте).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+    <w:p w14:paraId="5C7A8B89" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...9 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>После совершения оплаты, в соответствии с положениями </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="00876A56">
+      <w:hyperlink r:id="rId16" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00787ECC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:color w:val="F9253F"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>Федерального закона "О применении контрольно-кассовой техники при осуществлении наличных денежных расчетов и (или) расчетов с использованием электронных средств платежа" от 22.05.2003 N54-ФЗ</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00876A56">
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00876A56">
-[...53 lines deleted...]
-        <w:r w:rsidRPr="00876A56">
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>http://www.consultant.ru/document/cons_doc_LAW_42359/ на электронный адрес, или номер телефона, указанный Пользователем при оформлении билетов, будет направлен электронный чек. Действительность электронного чека Пользователь может проверить по указанному на нем QR-коду на сайте налоговой инспекции </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00787ECC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:color w:val="F9253F"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>www.nalog.ru</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00876A56">
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00787ECC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="005BD1"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>https://www.nalog.gov.ru/rn16/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+    <w:p w14:paraId="6447E6AD" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...38 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае, если транзакция по платежной карте будет </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оценена Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-транспорт/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>банком-партнером</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> как подозрительная</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  может</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> запросить у Пользователя ряд документов, подтверждающих принадлежность платежной карты Пользователю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="356967DF" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...8 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Возврат денег в размере, предусмотренном законодательством и условиями компании-перевозчика, производится на платежную карту, которой был оплачен заказ, если оплата была произведена платежной картой или наличными средствами, если оплата была произведена наличными.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+    <w:p w14:paraId="27C29481" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...8 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Изменение личных данных любого из пассажиров в оформленном билете может привести к изменению условий перевозки, так как для изменения этих данных необходимо произвести аннуляцию оформленного бронирования/покупки билета и оформление нового, в соответствии с условиями компаний-перевозчиков. Таким образом, Пользователь принимает на себя все возможные риски (оформление нового заказа, изменение тарифа, возврат денежных средств, штрафы), связанные с его действиями по допущению ошибок и неточностей в предоставлении личных данных.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+    <w:p w14:paraId="6EC7DF12" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">  (по поручению компании-перевозчика) может аннулировать бронь или уже оформленный билет в случае «двойных» бронирований (т.н. </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Компания-перевозчик в одностороннем порядке </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>либо Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>по поручению компании-перевозчика) может аннулировать бронь или уже оформленный билет в случае «двойных» бронирований (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т.н.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>double</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>booking</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> – повторное бронирование одного и того же </w:t>
       </w:r>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">пассажира на один и тот же рейс). Для </w:t>
+        <w:t>пассажира на один и тот же рейс). Для избежания «двойных бронирований» Пользователю необходимо отменить все ранее сделанные в других системах бронирования дублирующиеся заказы. В противном случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  не</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> несет ответственности за аннуляцию компаниями-перевозчиками </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00876A56">
-[...7 lines deleted...]
-        <w:t>избежания</w:t>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>забронированых</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00876A56">
-[...68 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> мест или уже выписанных билетов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+    <w:p w14:paraId="04C596F3" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...8 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Билеты для нижеперечисленных категорий граждан (в связи с особенностями обслуживания) могут быть забронированы и оформлены только в офисах компаний-перевозчиков (либо на автовокзале/автостанции) во избежание риска отказа в приеме к перевозке со стороны перевозчика:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+    <w:p w14:paraId="2B3CA0DA" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="1920"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...8 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Несопровождаемый несовершеннолетний ребенок;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+    <w:p w14:paraId="4FF383FE" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="1920"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...8 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Инвалид в кресле-каталке;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+    <w:p w14:paraId="4C1B74F9" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="1920"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...8 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Больной на носилках;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+    <w:p w14:paraId="54635C28" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="1920"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...8 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Пассажир, лишенный зрения или лишенный слуха.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+    <w:p w14:paraId="02D3535C" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...36 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В случае, когда Пользователь по каким-либо причинам хочет отменить поездку, ему необходимо подать заявление о возврате билета в личном кабинете на сайте www.tek-transport.ru.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0031A853" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...38 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае, если Пользователь хочет направить в </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адрес Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  жалобу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/претензию, ему необходимо:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C13189A" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="1920"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...8 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Через личный кабинет на сайте </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="00876A56">
+      <w:hyperlink r:id="rId18" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00787ECC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:color w:val="F9253F"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>www.</w:t>
+          <w:t>www.tek-transport.ru</w:t>
         </w:r>
-        <w:r w:rsidRPr="00876A56">
+      </w:hyperlink>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> оставить заявку на возврат, с обязательным указанием причины обращения и описанием жалобы/претензии по конкретному билету/заказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53A38901" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:left="1920"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Составить официальную претензию в письменном виде (с указанием даты составления претензии, подписью заявителя и приложением документов, подтверждающих обстоятельства, указанные в жалобе/претензии) и отправить ее почтой России/курьером по адресу ООО «Тек-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт »</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, указанному в разделе 9 настоящего Соглашения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43CBDCBD" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:left="1920"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Составить официальную претензию в письменном виде (с указанием даты составления претензии, подписью заявителя и приложением документов, подтверждающих обстоятельства, указанные в жалобе/претензии) и отправить ее скан (четкое изображение и читаемый текст) на электронный адрес Тек-транспорт </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="00787ECC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:color w:val="000000"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>tek-transport.</w:t>
+          <w:t>2000.tek@mail.ru</w:t>
         </w:r>
-        <w:r w:rsidRPr="00876A56">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7EE020F6" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оплата услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="775D898E" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:left="960"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Тек-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  имеет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> право взимать с Пользователя дополнительные сервисные (агентские) сборы за услуги по бронированию и оформлению/продаже билетов, а также за возврат и обмен ранее оформленного билета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A730718" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:left="960"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сервисный сбор за оформление включается в общую стоимость билета (услуги), оформляемого Пользователем. Наличие и размер данных сборов зависит от условий, компании-перевозчика). Размер сервисного сбора устанавливается отдельно для каждого варианта перевозки и указывается на tek-transport.ru месте с подробными деталями рейса, а также отображается в получаемом Пользователем билете (маршрутной квитанции/электронном билете).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09E3FCF6" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:left="960"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае полного или частичного возврата билетов Пользователем, сервисный </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сбор Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  возврату</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не подлежит вне зависимости от причин возврата (добровольный возврат или вынужденный возврат по вине перевозчика).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A6C29A9" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:left="960"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тек-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  имеет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> право предоставлять пользователям скидки от тарифа, заявленного поставщиком услуг (компанией-перевозчиком). В случае полного или частичного возврата билетов, при оформлении </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>которых Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  была</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предоставлена скидка, размер такой скидки </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>удерживается Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  при</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> расчете суммы к возврату, вне зависимости от причин возврата (добровольный возврат или вынужденный возврат по вине перевозчика).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7286E606" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:left="960"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сервисный сбор, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>который Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  имеет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> право взимать с Пользователя за услуги по обмену или внесению любых изменений в билеты, включается в общую стоимость обмена и внесения изменений наравне со сборами компании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C3365C6" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:left="960"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>При оплате Пользователем билетов с помощью банковской карты посредством инструментов интернет-эквайринга</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  берёт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на себя обязательство не хранить на своей стороне информацию о номере, сроке действия, или других параметрах банковской карты Пользователя. Весь процесс авторизации и перечисления средств со счета Пользователя производится им в режиме безопасного соединения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AD41E7F" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:left="960"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тек-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  имеет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> право запросить у Пользователя следующие документы: копию банковской карты с обеих сторон так, чтобы были отчетливо видны имя/фамилия и подпись держателя карты, первые шесть и последние четыре цифры номера карты, а также копию документа, удостоверяющего личность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56A29F24" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:left="960"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тек-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  имеет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> право отказать Пользователю в предоставлении услуг по своему усмотрению, в том числе, в случае отказа от предоставления указанных в п.5.7. настоящего Соглашения документов. В этом случае средства, перечисленные Пользователем за заказанные услуги, подлежат возврату в соответствии с настоящим Соглашением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37BFF9FA" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:left="960"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Окончательная стоимость билетов в Сервисе для поиска и покупки билетов на автобусы, на tek-transport.ru отображается в российских рублях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AE5B3C0" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:left="960"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>В случае, если валюта карты Пользователя отлична от российских рублей, банк-эмитент карты Пользователя конвертирует указанную сумму в валюту РФ по своему внутреннему курсу, таким образом, сумма в валюте карты может отличаться от суммы, указанной на </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00787ECC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:color w:val="424543"/>
-[...771 lines deleted...]
-            <w:color w:val="F9253F"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>www.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00876A56">
-[...20 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>tek-transport.ru (в том числе в большую сторону), поскольку внутренний курс банка всегда отличается от опубликованных курсов ЦБ РФ или FOREX. В этом случае, до оплаты с использованием платежной карты, Пользователь обязан уточнить внутренний курс банка-эмитента карты и размер комиссии банка за конвертацию. Своей оплатой Пользователь подтверждает, что до момента оплаты получил соответствующую информацию и ознакомлен с итоговой ценой в валюте карты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="392DB4FA" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Датой исполнения обязательств Пользователя по оплате услуг сервиса для поиска и покупки билетов на автобусы с помощью платежной карты является дата зачисления денежных средств на расчетный </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>счет Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="2984A7B3" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...8 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>При способах оплаты билетов, отличных от оплаты банковской картой, используются Российские рубли. Указанная на </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="00876A56">
+      <w:hyperlink r:id="rId21" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00787ECC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:color w:val="F9253F"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>www.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00876A56">
-[...20 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>tek-transport.ru цена в Российских рублях действительна при условии полной оплаты заказа в день бронирования на территории Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61223F70" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...36 lines deleted...]
-        <w:r w:rsidRPr="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>На tek-transport.ru используются самые современные технологии с целью обеспечения оптимального уровня безопасности торговых сделок с использованием кредитных карт. Персональные данные каждого клиента, а также данные его кредитной карты при работе с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00787ECC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:color w:val="F9253F"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>www.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00876A56">
-[...42 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>tek-transport.ru обеспечены надежной защитой. Тек-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  гарантирует</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, что информация о Пользователях услуг сервиса для поиска и покупки билетов на автобусы не может быть перехвачена или дешифрована посторонними лицами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79E89B7A" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Конфиденциальность и персональные данные</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+    <w:p w14:paraId="6BA197D2" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...50 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тек-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  обязуется</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> использовать все личные и персональные данные Пользователя, указываемые им в процессе оформления билетов на автобусы, исключительно для оформления продажи соответствующих услуг, идентификации и поддержки клиентов. Тек-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  обязуется</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ни при каких условиях не распространять и не передавать личные данные Пользователя третьим лицам, иначе как в целях оформления билетов на автобус и за исключением случаев, предусмотренных действующим Законодательством Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="314A40E9" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="333333"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Оплата Пользователем билета на автобус является безусловным и безотзывным согласием на сбор и обработку - систематизацию, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>накоплениe</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>хранениe</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>уточнениe</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>использованиe</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>распространениe</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>уничтожениe</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00876A56">
-[...45 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и любым другим образом - на неограниченный срок, за исключением случаев, установленных действующим законодательством РФ, - своих персональных данных Тек-транспорт , а также третьим лицам без дальнейшего уведомления Пользователя об обработке его персональных данных (в том числе их передачу и распространение), с целью осуществления деятельности по предоставлению услуг по перевозке (в том числе заключения и выполнения условий договоров), связанной с ней финансово-хозяйственной деятельности, осуществление посреднической (агентской) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>деятельности и/или реализации и регулирования других отношений, требующих обработки персональных данных, в соответствии с требованиями </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="00876A56">
+      <w:hyperlink r:id="rId23" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00787ECC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:color w:val="F9253F"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>Федерального закона от 09.02.2007 N16-ФЗ "О транспортной безопасности" (с изменениями и дополнениями)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="00876A56">
+      <w:hyperlink r:id="rId24" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00787ECC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:color w:val="F9253F"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Федерального закона от 27.07.2006 №152-ФЗ «О персональных данных</w:t>
-[...10 lines deleted...]
-          <w:t>»</w:t>
+          <w:t>Федерального закона от 27.07.2006 №152-ФЗ «О персональных данных»</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="00876A56">
+      <w:hyperlink r:id="rId25" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00787ECC">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-            <w:color w:val="005BD1"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>http://www.consultant.ru/document/Cons_doc_LAW_61801/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="004E309F">
+    <w:p w14:paraId="08A8FA99" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="004E309F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...8 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> и действующего законодательства РФ.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+    <w:p w14:paraId="55A26BCA" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...60 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предоставляя свои персональные </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>данные Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пользователь дает согласие на их </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обработку Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в том числе в целях продвижения товаров и услуг, а также передачу персональных данных третьим лицам, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>привлеченным Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> целью выполнения обязательств перед Пользователем. В случаях, когда Пользователь (родитель, опекун) осуществляет оформление билета для ребенка (до 14 лет), согласие на обработку персональных данных </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ребенка Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  получает</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от родителя/опекуна.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="530E04AA" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...60 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пользователь дает согласие на получение </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  транзакционно</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-триггерных сообщений, информационных сообщений, а также новостных и маркетинговых сообщений. Частота сообщений зависит от факторов и действий Пользователя, в то же </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>время Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  берет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на себя обязанность предпринять разумные усилия, чтобы Пользователь не получал чрезмерные объёмы рассылок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BD5D741" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...8 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Пользователь несет ответственность за достоверность информации/сведений, размещаемых им на </w:t>
       </w:r>
-      <w:r w:rsidRPr="00876A56">
-[...20 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>tek-transport.ru  общедоступной</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> форме (комментарии, отзывы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35AFCF3A" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...50 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="005F6202" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тек-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  вправе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществлять записи телефонных разговоров с Пользователем. При </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>этом Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  обязуется</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: предотвращать попытки несанкционированного доступа к информации, полученной в ходе телефонных переговоров и/или передачу ее третьим лицам, не имеющим непосредственного отношения к исполнению Заказов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34ADAC27" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...70 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Каждому Пользователю при бронировании/покупке билета присваивается персональный ID-номер, который Пользователь может узнать в своем личном кабинете на сайте tek-transport.ru. ID-номер присваивается с целью идентификации Пользователя при последующих посещениях сайта tek-transport.ru  а также для эффективной обработки заказов (формирование истории заказов), предложения Пользователю интересующей его рекламной информации Тек-транспорт .</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>ID-номер Пользователя может передаваться третьей стороне, без согласования с Пользователем.</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F6202">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>Пользователь вправе отказаться от присвоения ему ID-номера, обратившись по адресу электронной почты: </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidR="005F6202" w:rsidRPr="002926E4">
+        <w:t>Пользователь вправе отказаться от присвоения ему ID-номера, обратившись по адресу электронной почты: 2000.tek@mail.ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05B223F8" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:left="960"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае, если Пользователь хочет отказаться от получения рассылки, то для этого достаточно кликнуть по ссылке «Отписаться от рассылки» внизу письма. Отписка от получения сообщений всегда доступна внизу каждого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>email</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-сообщения, а также Тек-транспорт  всегда реагирует на просьбу Пользователя об отписке от получения сообщений при обращении в службу технической поддержки (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00787ECC">
           <w:rPr>
-            <w:rStyle w:val="a3"/>
-[...12 lines deleted...]
-            <w:szCs w:val="23"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>@</w:t>
+          <w:t>2000.tek@mail.ru</w:t>
         </w:r>
-        <w:r w:rsidR="005F6202" w:rsidRPr="002926E4">
-[...39 lines deleted...]
-        <w:proofErr w:type="gramStart"/>
       </w:hyperlink>
-      <w:r w:rsidR="005F6202" w:rsidRPr="000971D4">
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E1AA5BB" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="004E309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="333333"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> случае, если Пользователь хочет отказаться от получения рассылки, то для этого достаточно кликнуть по ссылке «Отписаться от рассылки» внизу письма. Отписка от получения сообщений всегда доступна внизу каждого </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Пользователь </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>предоставляет Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  свое</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> согласие на смену цели обработки персональных данных. Оплата Пользователем билета является подтверждением, что его известили о включении в базу(ы) персональных данных Тек-транспорт , известили о его </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005F6202">
-[...7 lines deleted...]
-        <w:t>email</w:t>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>праваx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005F6202">
-[...199 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, сообщили о цели сбора данных и лицах, которым передаются персональные данные Пользователя в соответствии с требованиями </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="00876A56">
+      <w:hyperlink r:id="rId27" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00787ECC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:color w:val="F9253F"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>Федерального закона от 09.02.2007 N16-ФЗ "О транспортной безопасности" (с изменениями и дополнениями)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="00876A56">
+      <w:hyperlink r:id="rId28" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00787ECC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:color w:val="F9253F"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>Федерального закона от 27.07.2006 №152-ФЗ «О персональных данных»</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidR="004E309F" w:rsidRPr="004E309F">
+      <w:hyperlink r:id="rId29" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="004E309F" w:rsidRPr="00787ECC">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-            <w:color w:val="005BD1"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>http://www.consultant.ru/document/Cons_doc_LAW_61801/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="004E309F">
+      <w:r w:rsidR="004E309F" w:rsidRPr="00787ECC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="333333"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>и действующего законодательства РФ.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+    <w:p w14:paraId="7F54B917" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...8 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Пользователь соглашается с тем, что не может изменять, воспроизводить, публиковать, создавать производные формы или распространять любую информацию, размещенную на </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="00876A56">
+      <w:hyperlink r:id="rId30" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00787ECC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:color w:val="F9253F"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>www.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00876A56">
-[...20 lines deleted...]
-        <w:r w:rsidRPr="00876A56">
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>tek-transport.ru. Пользователь также дает согласие не использовать никакого автоматизированного программного обеспечения для сбора или копирования информации с целью доступа к материалам и данным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00787ECC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:color w:val="F9253F"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>www.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00876A56">
-[...40 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>tek-transport.ru, а также не использовать никакого программного обеспечения, способного нанести вред tek-transport.ru  нарушить его нормальное функционирование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="704DB677" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Ответственность сторон</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+    <w:p w14:paraId="705DF108" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ответственность Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="5EF4BF35" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="1920"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...58 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сервис для поиска и покупки билетов на автобусы tek-transport.ru является динамической системой, компоненты которой могут в любой момент быть изменены или дополнены, в связи с этим Пользователю предлагается использовать систему бронирования в режиме «как есть». В случае полной или частичной неработоспособности системы и ее компонентов в течение какого-либо времени, а также при отсутствии возможности доступа Пользователя к системе или несения им любых косвенных или прямых затрат в связи с данными обстоятельствами</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  не</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> несет перед Пользователем никакой ответственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E584578" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="1920"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...8 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Вся информация, касающаяся автобусных рейсов, размещается на </w:t>
       </w:r>
-      <w:r w:rsidRPr="00876A56">
-[...84 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>tek-transport.ru  полном</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствии с тем, как она </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>предоставлена Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  непосредственно</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> компаниями-перевозчиками или их полномочными представителями по поручению и на основании предоставленных компаниями-перевозчиками данных. Тек-транспорт , несмотря на компетентность и тщательный отбор поставщиков услуг, не имеет возможности производить тотальную независимую проверку предоставляемой компаниями-перевозчиками информации, и не может гарантировать полное отсутствие неточностей в ней, в связи с чем не несет перед Пользователем ответственности за любые ошибочные данные об услугах, равно как и за причиненный Пользователю вред или убытки из-за наличия ошибок в размещаемой на tek-transport.ru информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B6DF80A" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="1920"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...30 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тек-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  не</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> несет ответственности за несоблюдение компаниями-перевозчиками или их представителями условий предоставления услуг по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>перевозке, правил обслуживания и пунктуальности, так как это находится в исключительном ведении компаний-перевозчиков. Компании-перевозчики и другие поставщики услуг, представленные на </w:t>
       </w:r>
-      <w:r w:rsidRPr="00876A56">
-[...64 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>tek-transport.ru  являются</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> независимыми контрагентами и не являются агентами или </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сотрудниками Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тек-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  не</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отвечает за действия, ошибки, нарушения правил, гарантий или халатность любой из таких компаний-перевозчиков, а также за проистекающий из этих факторов личный урон, ущерб здоровью, смерти, ущерб имуществу или другого рода моральный и материальный ущерб или затраты. Тек-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  не</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> несет ответственность и не будет возмещать расходы в случае задержек или отмен рейсов, забастовок, форс-мажорных обстоятельств и по любым другим поводам, не находящимся под непосредственным </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контролем Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Также Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  не</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> несет ответственности за любые дополнительные расходы, недомолвки, задержки, изменения маршрутов или действия правительств и властей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54D183C1" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="1920"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...48 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тек-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  не</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> несет ответственности за качество и защищенность используемых Пользователем каналов связи при использовании tek-transport.ru равно как и за любой ущерб, причиненный Пользователю в результате использования им некачественных или незащищенных каналов связи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04B86114" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="1920"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тек-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  несет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ответственность за </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оказываемые Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  услуги</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, указанные в разделе 3 Пользовательского соглашения (предоставление помощи Пользователям в организации своих поездок, предоставление Пользователям информации о расписании автобусов и предложений компаний-перевозчиков, обеспечение Пользователям доступа к самостоятельному бронированию, оплате и оформлению электронных билетов), в соответствии с законодательством Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3070E733" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="1920"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...50 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тек-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  не</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> несет ответственности за сбор и подготовку Пользователем всех документов, необходимых для пользования услугами компании-перевозчика. Пользователь/Пассажир принимает на себя обязательства по самостоятельному сбору и подготовке всех необходимых для поездки документов. Тек-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  не</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> несет ответственности за незнание или несоблюдение пассажиром данных требований.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76626C6F" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Заключительные положения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+    <w:p w14:paraId="38E6E785" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...68 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тек-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  оставляет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за собой право в любое время вносить изменения в условия использования </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>tek-transport.ru  а</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> также изменять условия настоящего Соглашения до получения от пользователя согласия с его условиями. Если время вступления изменений в силу специально не оговорено, они начинают свое действие с момента публикации на tek-transport.ru.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D4CA346" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...8 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">К настоящему Соглашению и отношениям, </w:t>
-[...24 lines deleted...]
-        <w:r w:rsidRPr="00876A56">
+        <w:t>К настоящему Соглашению и отношениям, возникающими в связи с использованием Сервиса для поиска и покупки билетов на автобусы </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00787ECC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:color w:val="F9253F"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>www.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00876A56">
-[...20 lines deleted...]
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>tek-transport.ru, подлежит применению действующее Законодательство Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5020729F" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Контактные данные</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00876A56" w:rsidRPr="00876A56" w:rsidRDefault="00876A56" w:rsidP="00876A56">
+    <w:p w14:paraId="07DA0E77" w14:textId="77777777" w:rsidR="00876A56" w:rsidRPr="00787ECC" w:rsidRDefault="00876A56" w:rsidP="00876A56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="180" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="960"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="424543"/>
-[...8 lines deleted...]
-          <w:color w:val="424543"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Физический адрес ООО «Тек-транспорт»: 420061, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00876A56">
-[...29 lines deleted...]
-        <w:t>азань</w:t>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г.Казань</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ул.Космонавтов</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, д.41, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>корп.б</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, оф.707 ИНН </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="00876A56">
+      <w:hyperlink r:id="rId33" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00787ECC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:color w:val="F9253F"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>660287584</w:t>
       </w:r>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>Контактные номера телефонов </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="00876A56">
+      <w:hyperlink r:id="rId34" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00787ECC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:color w:val="F9253F"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>8(8552) </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>99999-1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00876A56">
-[...2 lines deleted...]
-          <w:color w:val="424543"/>
+      <w:r w:rsidRPr="00787ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>Адрес электронной почты Администрации сайта для рассмотрения обращений Пользователей и иных лиц, включая оказание технической поддержки пользователей: </w:t>
-[...80 lines deleted...]
-    <w:p w:rsidR="00A83B54" w:rsidRPr="00876A56" w:rsidRDefault="00A83B54" w:rsidP="00876A56">
+        <w:t>Адрес электронной почты Администрации сайта для рассмотрения обращений Пользователей и иных лиц, включая оказание технической поддержки пользователей: 2000.tek@mail.ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53699065" w14:textId="77777777" w:rsidR="00A83B54" w:rsidRPr="00787ECC" w:rsidRDefault="00A83B54" w:rsidP="00876A56">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:sectPr w:rsidR="00A83B54" w:rsidRPr="00876A56" w:rsidSect="00876A56">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00A83B54" w:rsidRPr="00787ECC" w:rsidSect="00876A56">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="567" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E5002EFF" w:usb1="C200ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="729F7CC3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4B069670"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -6485,506 +5938,548 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1667052055">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="60"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00876A56"/>
     <w:rsid w:val="004E309F"/>
-    <w:rsid w:val="005F6202"/>
+    <w:rsid w:val="00637EC6"/>
+    <w:rsid w:val="00787ECC"/>
     <w:rsid w:val="00876A56"/>
     <w:rsid w:val="00A83B54"/>
     <w:rsid w:val="00DE7A5C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="6F890410"/>
+  <w15:docId w15:val="{5B2AD96B-EE67-46AB-8B1C-E7DE82F62375}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...337 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00876A56"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="158622709">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1804731432">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="600"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -7055,51 +6550,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1492216189">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tek-transport.ru/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://busfor.ru/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nalog.ru/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.consultant.ru/document/Cons_doc_LAW_61801/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://busfor.ru/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://busfor.ru/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tek-transport.ru/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.consultant.ru/document/cons_doc_LAW_72388/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.consultant.ru/document/cons_doc_LAW_42359/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.consultant.ru/document/Cons_doc_LAW_61801/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://busfor.ru/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@tek-transport.ru" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@tek-transport.ru" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.consultant.ru/document/cons_doc_LAW_66069/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tek-transport.ru/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.consultant.ru/document/cons_doc_LAW_364025/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.consultant.ru/document/cons_doc_LAW_66069/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://busfor.ru/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@tek-transport.ru" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.consultant.ru/document/cons_doc_LAW_364025/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://busfor.ru/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@tek-transport.ru" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:8807075425" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.consultant.ru/document/cons_doc_LAW_72388/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://busfor.ru/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.consultant.ru/document/Cons_doc_LAW_61801/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://busfor.ru/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.consultant.ru/document/cons_doc_LAW_72388/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://busfor.ru/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@tek-transport.ru" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.consultant.ru/document/Cons_doc_LAW_61801/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:7705952996" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.consultant.ru/document/cons_doc_LAW_72388/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://busfor.ru/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://e.mail.ru/compose/?mailto=mailto%3ahelp@busfor.ru" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://busfor.ru/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:8807075425" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tek-transport.ru/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://busfor.ru/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nalog.ru/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.consultant.ru/document/Cons_doc_LAW_61801/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:7705952996" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.consultant.ru/document/cons_doc_LAW_42359/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://busfor.ru/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.consultant.ru/document/Cons_doc_LAW_61801/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tek-transport.ru/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.consultant.ru/document/cons_doc_LAW_72388/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.consultant.ru/document/Cons_doc_LAW_61801/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://busfor.ru/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tek-transport.ru/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://e.mail.ru/compose/?mailto=mailto%3ahelp@busfor.ru" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.consultant.ru/document/cons_doc_LAW_66069/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.consultant.ru/document/Cons_doc_LAW_61801/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.consultant.ru/document/cons_doc_LAW_364025/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://e.mail.ru/compose?To=2000.tek@mail.ru" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://busfor.ru/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.consultant.ru/document/cons_doc_LAW_72388/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.consultant.ru/document/cons_doc_LAW_364025/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://busfor.ru/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.consultant.ru/document/cons_doc_LAW_66069/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://busfor.ru/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://busfor.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7348,65 +6843,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>4539</Words>
-  <Characters>25876</Characters>
+  <Words>4532</Words>
+  <Characters>25837</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>215</Lines>
   <Paragraphs>60</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>30355</CharactersWithSpaces>
+  <CharactersWithSpaces>30309</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Антон</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>