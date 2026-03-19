--- v0 (2025-10-18)
+++ v1 (2026-03-19)
@@ -1,5608 +1,4895 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00443F3D" w:rsidRPr="00443F3D" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
-[...72 lines deleted...]
-          <w:color w:val="333333"/>
+    <w:p w14:paraId="44349DC4" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПОЛИТИКА КОНФИДЕНЦИАЛЬНОСТИ ООО «Тек-транспорт»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319535C1" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="443C06E1" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Настоящая Политика конфиденциальности действует в отношении всей информации, которую Общество с ограниченной ответственностью «Тек-транспорт» (ИНН 1660287584, адрес местонахождения/почтовый адрес: 420061, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...29 lines deleted...]
-        <w:t>азань</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г.Казань</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...2 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...2 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ул.Космонавтрв</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...2 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, д.41, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...2 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>корп.Б</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...2 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, оф.707, телефон 8 (8552)99991 (далее Тек-транспорт) может получить о Пользователе во время использования им сайта </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="00443F3D">
+      <w:hyperlink r:id="rId4" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00D82D22">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-            <w:color w:val="005BD1"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>www.tek-transport.ru</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00443F3D">
-[...2 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> (далее — «Сайт») и устанавливает обязательства Тек-транспорт  по неразглашению и обеспечению режима защиты конфиденциальности персональных данных, которые Пользователь предоставляет при регистрации или при оформлении электронного билета на сайте tek-transport.ru.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00443F3D" w:rsidRPr="00443F3D" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
-[...27 lines deleted...]
-          <w:color w:val="333333"/>
+    <w:p w14:paraId="4DE0B071" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FDDBC90" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Использование сайта tek-transport.ru Пользователем (активация «v» напротив ссылки на Политику конфиденциальности и Пользовательское соглашение (оферту) на стадии оформления электронных билетов), означает согласие со всеми условиями настоящей Политики конфиденциальности (далее – Политики) и условиями обработки персональных данных. В случае несогласия с условиями Политики Пользователю будет доступен ограниченный функционал сайта tek-transport.ru.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00443F3D" w:rsidRPr="00443F3D" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
-[...27 lines deleted...]
-          <w:color w:val="333333"/>
+    <w:p w14:paraId="3897AE2A" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E015089" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>СБОР И ИСПОЛЬЗОВАНИЕ ЛИЧНОЙ ИНФОРМАЦИИ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00443F3D" w:rsidRPr="00443F3D" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
-[...19 lines deleted...]
-        <w:t xml:space="preserve">В рамках настоящей Политики под «Персональными данными Пользователя» понимается любая персональная информация, по которой можно идентифицировать Пользователя. Пользователь самостоятельно предоставляет данные о себе либо о третьих лицах, представителями которых является на законных основаниях, по их поручению при регистрации на Сайте и/или в процессе оформления бронирования, покупки электронных билетов и/или прочих услуг на Сайте, включая, </w:t>
+    <w:p w14:paraId="037B51FE" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В рамках настоящей Политики под «Персональными данными Пользователя» понимается любая персональная информация, по которой можно идентифицировать Пользователя. Пользователь самостоятельно предоставляет данные о себе либо о третьих лицах, представителями которых является на законных основаниях, по их поручению при регистрации на Сайте и/или в процессе оформления бронирования, покупки электронных билетов и/или прочих услуг на Сайте, включая, но не ограничиваясь, следующей информацией:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D0535EC" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BF25E80" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фамилия, имя, отчество, дата рождения, пол, гражданство, серия и номер паспорта (свидетельства о рождении), мобильный телефон, адрес электронной почты и </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>но</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т.д.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...34 lines deleted...]
-      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C201E14" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>фамилия, имя, отчество, дата рождения, пол, гражданство, серия и номер паспорта (свидетельства о рождении), мобильный телефон, адрес электронной почты и т.д.</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>этом Тек</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">При этом </w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>Тек-транспорт</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  вправе</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...38 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, но не обязано осуществлять проверку достоверности персональной информации, предоставляемой </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пользователями</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и не осуществляет контроль за их дееспособностью. За предоставление недостоверной информации Пользователь несёт ответственность самостоятельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="572ECD57" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="398867E9" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>О платежных реквизитах: Мы не получаем и не храним платежные реквизиты Пользователей – это компетенция соответствующих платформ и операторов по приему платежей (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...2 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>PayTure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, PayPal, интернет-эквайринг и др.). Если Пользователь оплачивает оформленный электронный билет, то оператор платежей </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оповещает Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведенной транзакции, а мы со своей стороны следим, чтобы Пользователь получил на электронную почту электронный бланк билета и электронный чек. Тек-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  не</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получает никаких платежных реквизитов, а только хранит информацию о времени транзакции, валюте платежа, сумме и оплаченной услуге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41071F4D" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="494895A7" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ИНФОРМАЦИЯ СОБИРАЕМАЯ АВТОМАТИЧЕСКИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00A208DB" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кроме личной информации (персональных данных)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  осуществляет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сбор данных, которые не относятся непосредственно к конкретному человеку. Тек-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  может</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> собирать, использовать, передавать и раскрывать эти сведения с любой целью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="633A5D39" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51173F3B" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Неличной информацией являются данные, которые автоматически передаются Сайту в процессе его использования с помощью установленного на устройстве пользователя программного обеспечения, в том числе IP-адрес, ID-номер, информация из </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>PayPal</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>cookies</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...251 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, информация о браузере пользователя (или иной программы, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00443F3D">
-[...2 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>с помощью которой осуществляется доступ к Сайту), время доступа и иная информация о Пользователе и третьих лицах, сбор и/или предоставление которой определено в документах, регламентирующих порядок оказания услуг с помощью Сайта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00443F3D" w:rsidRPr="00443F3D" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
-[...32 lines deleted...]
-        <w:t>Дополнительные сервисы, которые использует Тек-транспорт</w:t>
+    <w:p w14:paraId="03E1927A" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FBD1634" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дополнительные сервисы, которые </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> ,</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>использует Тек</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...2 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> для обработки персональных данных:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00443F3D" w:rsidRPr="00443F3D" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
-[...18 lines deleted...]
-          <w:color w:val="333333"/>
+    <w:p w14:paraId="1409B876" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53F64C2D" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00443F3D">
-[...2 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>СЕРВИС</w:t>
       </w:r>
-      <w:r w:rsidRPr="00443F3D">
-[...2 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00443F3D">
-[...2 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ТИП</w:t>
       </w:r>
-      <w:r w:rsidRPr="00443F3D">
-[...2 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00443F3D">
-[...2 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ДАННЫХ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00443F3D">
-[...2 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00443F3D">
-[...2 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ПРАВИЛА</w:t>
       </w:r>
-      <w:r w:rsidRPr="00443F3D">
-[...2 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00443F3D">
-[...2 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ИСПОЛЬЗОВАНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00443F3D" w:rsidRPr="00443F3D" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
-[...5 lines deleted...]
-          <w:color w:val="333333"/>
+    <w:p w14:paraId="2AD534DD" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
-[...3 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>emarsys</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
-[...3 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> (email, name, orders information (date, route)) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="00443F3D">
+      <w:hyperlink r:id="rId5" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00D82D22">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-            <w:color w:val="005BD1"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>https://www.emarsys.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00443F3D" w:rsidRPr="00443F3D" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
-[...5 lines deleted...]
-          <w:color w:val="333333"/>
+    <w:p w14:paraId="5059C5F2" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
-[...3 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>esputnik</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
-[...3 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> (email, name, phone number) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="00443F3D">
+      <w:hyperlink r:id="rId6" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00D82D22">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-            <w:color w:val="005BD1"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>https://esputnik.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00443F3D" w:rsidRPr="00443F3D" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
-[...5 lines deleted...]
-          <w:color w:val="333333"/>
+    <w:p w14:paraId="1F0BAF94" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...3 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>analytics</w:t>
-[...13 lines deleted...]
-        <w:r w:rsidRPr="00443F3D">
+        <w:t>analytics (IP addresses, email address required to log-in) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00D82D22">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-            <w:color w:val="005BD1"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>https://google.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00443F3D" w:rsidRPr="00443F3D" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
-[...5 lines deleted...]
-          <w:color w:val="333333"/>
+    <w:p w14:paraId="1E5B925D" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...2 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>AppsFlyer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...2 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> (orders information, location) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="00443F3D">
+      <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00D82D22">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-            <w:color w:val="005BD1"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>https://appsflyer.com/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00443F3D" w:rsidRPr="00443F3D" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
-[...19 lines deleted...]
-        <w:t xml:space="preserve">Когда Вы загружаете и используете наши мобильные приложения или службы, </w:t>
+    <w:p w14:paraId="3A0ACC35" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Когда Вы загружаете и используете наши мобильные приложения или службы</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>Тек-транспорт</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, Тек</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...38 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  автоматически</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получает информацию о типе используемого вами устройства, версии операционной системы, а также информацию о местоположении Вашего мобильного устройства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B48DF9A" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45B6E253" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ЦЕЛИ СБОРА ПЕРСОНАЛЬНЫХ ДАННЫХ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00443F3D" w:rsidRPr="00443F3D" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
-[...19 lines deleted...]
-        <w:t xml:space="preserve">Согласием с настоящей Политикой Пользователь, а также лица, в интересах которых Пользователь соглашается с настоящей Политикой, выражают свое согласие на обработку </w:t>
+    <w:p w14:paraId="141559A7" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Согласием с настоящей Политикой Пользователь, а также лица, в интересах которых Пользователь соглашается с настоящей Политикой, выражают свое согласие на </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>Тек-транспорта</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обработку Тек</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...43 lines deleted...]
-        <w:t>идентификация Пользователя при оформлении электронного билета и его дальнейшей клиентской и технической поддержки при возникновении трудностей связанных с оказанием услуг, предоставляемых Тек-транспорт</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-транспорта и (или) поставщиками услуг, оказываемых с помощью Сайта, персональных данных в следующих целях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="121D2ACC" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03FF8065" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">идентификация Пользователя при оформлении электронного билета и его дальнейшей клиентской и технической поддержки при возникновении трудностей связанных с оказанием услуг, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> ;</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>предоставляемых Тек</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...11 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>связь с Пользователем (в том числе экстренная) путём направления уведомлений, запросов и информации, касающихся использования Сайта, оказания предусмотренных Сайтом услуг, а также обработка запросов и заявок от Пользователей, отправка сообщений по электронной почте, а также посредством смс-сообщений с целью подтверждения (отмены) бронирования, уведомления об изменении в расписании рейсов, об изменении места отправления, отмене рейса, изменениях любых иных параметров рейса, а</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт ;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...25 lines deleted...]
-          <w:color w:val="333333"/>
+    </w:p>
+    <w:p w14:paraId="7BED6393" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>связь с Пользователем (в том числе экстренная) путём направления уведомлений, запросов и информации, касающихся использования Сайта, оказания предусмотренных Сайтом услуг, а также обработка запросов и заявок от Пользователей, отправка сообщений по электронной почте, а также посредством смс-сообщений с целью подтверждения (отмены) бронирования, уведомления об изменении в расписании рейсов, об изменении места отправления, отмене рейса, изменениях любых иных параметров рейса, а также о любых иных событиях, связанных с оказанием услуг в рамках использования Сайта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D120A24" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>направление Пользователю электронного билета и электронного чека, подтверждающего прохождение оплаты;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00443F3D" w:rsidRPr="00443F3D" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
-[...14 lines deleted...]
-          <w:color w:val="333333"/>
+    <w:p w14:paraId="181BFE24" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>улучшение качества работы Сайта, удобства его использования, разработка новых услуг;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00443F3D" w:rsidRPr="00443F3D" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
-[...19 lines deleted...]
-        <w:t xml:space="preserve">получение по каналам связи (в том числе в смс-сообщениях) информации об услугах, статусе их оказания, а также об акциях, скидках, новостях </w:t>
+    <w:p w14:paraId="04F1769C" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">получение по каналам связи (в том числе в смс-сообщениях) информации об услугах, статусе их оказания, а также об акциях, скидках, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>Тек-транспорт</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>новостях Тек</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...21 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>передача данных контрагентам (внутренняя и трансграничная), осуществляющим перевозку пассажиров по оформленным через  Тек-транспорт электронным билетам, филиалам и дочерним предприятиям  Тек-транспорт  третьим сторонам с целью отправки Пользователю информации о  Тек-транспорт и его предприятиях, а также отправки рекламных материалов от его партнеров;</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  и</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...15 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> его партнёров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E5FF5BF" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">передача данных контрагентам (внутренняя и трансграничная), осуществляющим перевозку пассажиров по оформленным </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>через  Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-транспорт электронным билетам, филиалам и дочерним </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>предприятиям  Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>транспорт  третьим</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сторонам с целью отправки Пользователю информации </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о  Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-транспорт и его предприятиях, а также отправки рекламных материалов от его партнеров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02636746" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>проведение статистических и иных исследований, на основе обезличенных данных.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00443F3D" w:rsidRPr="00443F3D" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
-[...14 lines deleted...]
-          <w:color w:val="333333"/>
+    <w:p w14:paraId="3A7D9576" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>СОГЛАСИЕ НА ОБРАБОТКУ ПЕРСОНАЛЬНЫХ ДАННЫХ РЕБЕНКА</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00443F3D" w:rsidRPr="00443F3D" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
-[...19 lines deleted...]
-        <w:t> </w:t>
+    <w:p w14:paraId="7EDBB013" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тек-транспорт понимает важность дополнительных мер предосторожности для обеспечения конфиденциальности и безопасности детей при использовании ими услуг, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>Тек-транспорт</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>предоставляемых  Тек</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...38 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-транспорт.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CFEC270" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64760E23" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Обращаем внимание, что в случае оформлении билета на ребенка младше 18 лет, согласие на обработку его персональных данных дает его законный представитель </w:t>
       </w:r>
-      <w:r w:rsidRPr="00443F3D">
-[...2 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>(родитель/опекун) - если Вам меньше 18 лет, не вводите на нашем сайте свои персональные данные без одобрения родителей/опекунов и не пользуйтесь услугами нашего сайта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00443F3D" w:rsidRPr="00443F3D" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
-[...32 lines deleted...]
-        <w:t> </w:t>
+    <w:p w14:paraId="2009518C" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="208A32DD" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Тек-транспорт сознательно не собирает персональные данные о детях до 18 лет. Если Вы (Пользователь) считаете, что мы непреднамеренно собрали подобную информацию, свяжитесь с нами по электронному адресу 2000.tek@mail.ru, чтобы мы получили согласие законного представителя либо удалили эти данные.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70CE1B4E" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DFA6311" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>СПОСОБЫ И СРОКИ ОБРАБОТКИ ПЕРСОНАЛЬНЫХ ДАННЫХ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79B75405" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Обработка персональных данных Пользователя включает в себя любое действие (операция) или совокупность действий (операций), совершаемых с использованием средств автоматизации или без использования таких средств с персональными данными, включая сбор, запись, систематизацию, накопление, хранение, уточнение (обновление, изменение), извлечение, использование, передачу (распространение, предоставление, доступ), в том числе трансграничную передачу, обезличивание, блокирование, удаление, уничтожение персональных данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="091F43A6" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F72E64A" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Согласие на обработку персональных данных действует бессрочно, с момента получения согласия (акцепта) от Пользователя с условиями настоящей Политики до момента отзыва согласия на обработку персональных данных Пользователем либо до тех пор, пока они требуются для исполнения соответствующих целей обработки (например, предоставление сервисного обслуживания, обязательств по исполнению договора перевозки).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F95416" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="091BBA78" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПРАВА ПОЛЬЗОВАТЕЛЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07CD4558" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пользователь имеет право в любое время </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>Тек-транспорт</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>попросить  Тек</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...153 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-транспорт не обрабатывать его персональные данные в различных целях, например, рекламных. Это </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>Обработка персональных данных Пользователя включает в себя любое действие (операция) или совокупность действий (операций), совершаемых с использованием средств автоматизации или без использования таких средств с персональными данными, включая сбор, запись, систематизацию, накопление, хранение, уточнение (обновление, изменение), извлечение, использование, передачу (распространение, предоставление, доступ), в том числе трансграничную передачу, обезличивание, блокирование, удаление, уничтожение персональных данных.</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>можно сделать</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...92 lines deleted...]
-        <w:t>Пользователь имеет право в любое время попросить  </w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> направив заявление в письменной форме (подписанное Пользователем) на юридический </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>Тек-транспорт</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адрес  Тек</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> не обрабатывать его персональные данные в различных целях, например, рекламных. Это можно </w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-транспорт почтовым отправлением (заказным письмом с уведомлением о вручении) либо его скан-копию (четкое изображение и читаемый текст) на электронный </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>сделать</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адрес  Тек</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...129 lines deleted...]
-        <w:t>Право на отказ от обработки данных. В случае</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-транспорт 2000.rek@mail.ru.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68E9F9D6" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="732281C6" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Право на отказ от обработки данных. В случае, если Пользователь принял решение отозвать свое Согласие на обработку персональных данных, то ему достаточно направить письменное заявление в </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>,</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адрес  Тек</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...43 lines deleted...]
-        <w:t xml:space="preserve">В случае отзыва согласия на обработку персональных данных вся полученная от Пользователя информация, в том числе логин и пароль, удаляется в течение тридцати дней </w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-транспорт способом, описанным выше.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DD96C83" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6924A080" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В случае отзыва согласия на обработку персональных данных вся полученная от Пользователя информация, в том числе логин и пароль, удаляется в течение тридцати дней с даты поступления указанного отзыва, после чего Пользователь не будет иметь доступ к Сайту с их помощью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D2E3035" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FFC35B3" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Право на отказ от рассылки. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>с даты поступления</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сайт  Тек</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...43 lines deleted...]
-        <w:t>Право на отказ от рассылки. Сайт  </w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-транспорт при оформлении электронного билета (либо в личном кабинете) предоставляет Пользователю возможность согласиться, либо отказаться от получения информации о новостях и </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>Тек-транспорт</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акциях  Тек</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> при оформлении электронного билета (либо в личном кабинете) предоставляет Пользователю возможность согласиться, либо отказаться от получения информации о новостях и акциях  Тек-транспорт (рекламная рассылка). Если Пользователь не предоставит свое согласие,  </w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-транспорт (рекламная рассылка). Если Пользователь не предоставит свое </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="0025656E">
-[...7 lines deleted...]
-        <w:t>Тек-транспорт</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">согласие,  </w:t>
+      </w:r>
+      <w:r w:rsidR="0025656E" w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тек</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="0025656E">
-[...12 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidR="0025656E" w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-транспорт </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>не будет направлять Пользователю информацию о своих предложениях/новостях и акциях.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00443F3D" w:rsidRPr="00443F3D" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
-[...32 lines deleted...]
-        <w:t>Однако</w:t>
+    <w:p w14:paraId="79A4E2B3" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4599E297" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Однако, даже при отзыве согласия Пользователем либо отсутствии согласия </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>,</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пользователя  Тек</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...38 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-транспорт оставляет за собой право информировать Пользователя о важных административных изменениях – об изменении политики конфиденциальности или пользовательского соглашения (оферты) и др.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B96948C" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ACD8299" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Право на просмотр и изменение данных. Пользователь вправе просматривать свои данные в личном кабинете на сайте </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0025656E">
-[...2 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidR="0025656E" w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>tek</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0025656E" w:rsidRPr="0025656E">
-[...2 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidR="0025656E" w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="0025656E">
-[...2 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidR="0025656E" w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>transport</w:t>
       </w:r>
-      <w:r w:rsidRPr="00443F3D">
-[...2 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...2 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ru</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>, и изменять их по своему желанию. Для Вашей безопасности некоторые элементы личной информации можно изменить, только обратившись в службу поддержки.  </w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, и изменять их по своему желанию. Для Вашей безопасности некоторые элементы личной информации можно изменить, только обратившись в службу поддержки.  Тек-транспорт оперативно ответит на Ваш запрос в разумные сроки.  Тек-транспорт вправе потребовать подтверждение корректности предоставляемых обновленных данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5917E2D9" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="046692AD" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Право на удаление (забвение) данных. Данные Пользователя будут удалены нами по письменному запросу Пользователя, направленному в </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>Тек-транспорт</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адрес  Тек</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t> оперативно ответит на Ваш запрос в разумные сроки.  </w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-транспорт в порядке, описанном выше. Если мы не сможем удовлетворить запрос Пользователя по требованиям законодательства, об этом будет сообщено дополнительно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E15A347" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F25CFFB" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Право на перенос персональных данных. Пользователь вправе потребовать (запрос в письменном виде) передать ему (Пользователю) или третьему лицу его персональные данные, и мы предоставим их Пользователю </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>Тек-транспорт</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с структурированном</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...43 lines deleted...]
-        <w:t>Право на удаление (забвение) данных. Данные Пользователя будут удалены нами по письменному запросу Пользователя, направленному в адрес  </w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/машинописном варианте (возможно только при наличии технической возможности и автоматизированной обработке информации).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78A8AD51" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A0DF428" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Право на ограничение обработки данных. По письменному запросу Пользователя (направленному в адрес  Тек-транспорт в порядке, описанном выше) мы можем ограничить обработку его данных в случаях необходимости установления их точности, незаконного использования (но Пользователь против удаления данных), необходимость обработки данных отпала, данные обрабатываются без согласия Пользователя и право  Тек-транспорт на их обработку устанавливается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="045CACEE" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7262C674" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Право на доступ. На основании письменного запроса </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>Тек-транспорт</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пользователя  Тек</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...43 lines deleted...]
-        <w:t xml:space="preserve">Право на перенос персональных данных. Пользователь вправе потребовать (запрос в письменном виде) передать ему (Пользователю) или третьему лицу его персональные данные, и мы предоставим их Пользователю </w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-транспорт предоставит копию всех имеющихся персональных данных Пользователя и подтвердит законность их обработки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52643F7C" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AE44EE3" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ФАЙЛЫ COOKIES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53B3484F" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>С целью ускорения исполнения услуг, а также в иных целях, предусмотренных настоящей Политикой, будут использованы учетные строки (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>cookies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>), идентифицирующие каждого Пользователя с максимальной быстротой для повышения скорости работы и обеспечения Пользователя услугами, оценки и повышении эффективности рекламы, а также для анализа статистических данных, целях обеспечения безопасности и борьбы со спамом, которые содержатся в учетных строках (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>cookies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). Информация, собранная с помощью </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>cookies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и других подобных технологий, не считается личной.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE9E3A1" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6ACE64AA" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У Пользователя есть возможность принять или отказаться от использования файлов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>cookies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, изменив настройки своего браузера. Однако, отказавшись от использования файлов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>cookies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Пользователь не сможет использовать все возможности </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>с</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сайта  Тек</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...43 lines deleted...]
-        <w:t>Право на ограничение обработки данных. По письменному запросу Пользователя (направленному в адрес  </w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-транспорт.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AF8AB0C" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00C6A462" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ССЫЛКИ НА ДРУГИЕ САЙТЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F9CFFD8" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тек-транспорт может добавлять ссылки на другие сайты. Эти сайты могут осуществлять деятельность под руководством третьих лиц и использовать собственную Политику конфиденциальности. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>Тек-транспорт</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Поэтому  Тек</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...43 lines deleted...]
-        <w:t>Право на доступ. На основании письменного запроса Пользователя  </w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-транспорт не несет никакой ответственности или обязательства за содержание, деятельность и политику конфиденциальности каждого сайта, которые Вы посещаете. Перед использованием таких </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>Тек-транспорт</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сайтов,  Тек</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...402 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-транспорт рекомендует ознакомиться с политикой конфиденциальности, представленной на таком сайте.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="250FDCCF" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C96C03F" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Данная Политика конфиденциальности применяется только к информации, собранной нашим сайтом tek-transport.ru.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00443F3D" w:rsidRPr="00443F3D" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
-[...27 lines deleted...]
-          <w:color w:val="333333"/>
+    <w:p w14:paraId="6E5A22ED" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12FAC99F" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>СЛУЧАИ РАСКРЫТИЯ ИНФОРМАЦИИ ТРЕТЬИМ ЛИЦАМ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00443F3D" w:rsidRPr="00443F3D" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
-[...72 lines deleted...]
-          <w:color w:val="333333"/>
+    <w:p w14:paraId="3A15A56A" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В отношении персональных данных Пользователей сохраняется их конфиденциальность.  Тек-транспорт вправе передать персональные данные пользователя третьим лицам в следующих случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B77A660" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6836AD07" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Пользователь выразил своё согласие на такие действия;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00443F3D" w:rsidRPr="00443F3D" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
-[...86 lines deleted...]
-        <w:r w:rsidRPr="00443F3D">
+    <w:p w14:paraId="1498E500" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>передача необходима в рамках использования Пользователем Сайта либо для оказания предусмотренных им услуг (в т.ч. прохождение оплаты и передача данных перевозчику для исполнения договора перевозки);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4895E35A" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в соответствии с законодательством Российской Федерации, в рамках установленной законодательством процедуры (требования Федерального закона от 09.02.2007 N16-ФЗ "О транспортной безопасности" (с изменениями и дополнениями), Федерального закона от 27.07.2006 №152-ФЗ «О персональных данных»; </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00D82D22">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-            <w:color w:val="005BD1"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>http://www.consultant.ru/document/Cons_doc_LAW_61801/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00443F3D" w:rsidRPr="00443F3D" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
-[...27 lines deleted...]
-          <w:color w:val="333333"/>
+    <w:p w14:paraId="393FCFEF" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6018CE4D" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>в соответствии с требованиями судопроизводства, судебного разбирательства или по запросу государственных органов Российской Федерации или других стран, в целях национальной безопасности, исполнения закона и иных общественно важных целях;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00443F3D" w:rsidRPr="00443F3D" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
-[...19 lines deleted...]
-        <w:t>в случае реорганизации, слияния или продажи  </w:t>
+    <w:p w14:paraId="32AF4EF1" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в случае реорганизации, слияния или </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>Тек-транспорт</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>продажи  Тек</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...25 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-транспорт;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A744DC5" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>в целях обеспечения прав и законных интересов Пользователя;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00443F3D" w:rsidRPr="00443F3D" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
-[...14 lines deleted...]
-          <w:color w:val="333333"/>
+    <w:p w14:paraId="2AD8265B" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>в целях обеспечения возможности защиты прав и законных интересов Общества или третьих лиц в случаях, когда Пользователь нарушает условия настоящей Политики.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00443F3D" w:rsidRPr="00443F3D" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
-[...14 lines deleted...]
-          <w:color w:val="333333"/>
+    <w:p w14:paraId="414435D8" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>В случаях, предусмотренных Федеральным законом от 27.07.2006 №152-ФЗ «О персональных данных», обработка специальных категорий персональных данных Пользователя осуществляется только в соответствии с положениями настоящего закона.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00443F3D" w:rsidRPr="00443F3D" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
-[...32 lines deleted...]
-        <w:t>Пользователь осведомлен, что  </w:t>
+    <w:p w14:paraId="70D26F90" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="540EEE2F" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пользователь осведомлен, что  Тек-транспорт может передавать его данные в любую страну мира, включая США и другие страны, с соблюдением принципов и требований к защите конфиденциальной информации в отношении любой дальнейшей передачи личных данных (как внутренней, так и трансграничной), в том числе и дальнейшего переноса обязательств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BD4591D" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C6B97C8" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЗАЩИТА ПЕРСОНАЛЬНЫХ ДАННЫХ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46AAC339" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Тек-транспорт несет ответственность за обработку получаемых персональных данных в соответствии с положениями законодательства в сфере обработки персональных данных и требует соблюдения предусмотренных законом требований со стороны своих контрагентов и партнеров, в процессе предоставления услуг и обработке данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20104D62" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C755CC1" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для защиты персональных данных Пользователей от неправомерного или случайного доступа, уничтожения, изменения, блокирования, копирования, распространения, а также иных неправомерных действий с ними третьих </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>Тек-транспорт</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лиц,  Тек</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...66 lines deleted...]
-        <w:t> </w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-транспорт применяет необходимые и достаточные организационные и технические меры, соответствующие стандартным рынка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D741BC6" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A5A5597" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тек-транспорт использует технологию шифрования данных SSL (Secure Socket Layer), чтобы защитить информацию, которую Пользователь предоставляет. Эта технология защищает Ваши данные и гарантирует, что они не будут перехвачены в момент передачи. Когда Вы находитесь на защищенной странице, в окне браузера появится иконка «замок», подтверждая, что осуществляется защищенное, зашифрованное соединение с </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>Тек-транспорт</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сайтом  Тек</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...43 lines deleted...]
-        <w:t xml:space="preserve">Для защиты персональных данных Пользователей от неправомерного или случайного доступа, уничтожения, изменения, блокирования, копирования, распространения, а также иных неправомерных действий с ними третьих лиц,  Тек-транспорт применяет необходимые и достаточные организационные и технические меры, соответствующие </w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-транспорт.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="569279D1" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C581959" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Тек-транспорт использует и иные средства защиты, такие как системы авторизации (например, смс-код, направляемый на мобильный телефон Пользователя, для входа в Личный кабинет). Пользователь должен сохранять конфиденциальность информации, содержащейся в Личном кабинете и не предоставлять никому, полученные коды доступа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AD13DAD" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78380796" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мы также делаем все возможное, чтобы защитить данные Пользователей вне сети. Вся информация о Пользователях конфиденциальна в наших офисах. Только сотрудники, которым для исполнения своей работы необходимо видеть данные Пользователей, имеют к ним доступ. Сервера, на которых хранятся персональные данные Пользователей, расположены на охраняемых объектах, имеют актуальные обновления безопасности и оборудованы аппаратами/системами криптографической защиты данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1887FB82" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33C86100" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При утрате или разглашении персональных данных </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>стандартным</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пользователя  Тек</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...428 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-транспорт информирует Пользователя о данном факте.  Тек-транспорт обязуется принять необходимые организационные и технические меры для защиты персональной информации Пользователя от неправомерного или случайного доступа, уничтожения, изменения, блокирования, копирования, распространения, а также иных неправомерных действий третьих лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="293E0E60" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CBA3664" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Тек-транспорт совместно с Пользователем принимает все необходимые меры по предотвращению убытков или иных отрицательных последствий, вызванных утратой или разглашением персональных данных Пользователя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EC5790A" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18C13EE4" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ЗАПРОСЫ И ЖАЛОБЫ ПОЛЬЗОВАТЕЛЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00443F3D" w:rsidRPr="00443F3D" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
-[...14 lines deleted...]
-          <w:color w:val="333333"/>
+    <w:p w14:paraId="48966487" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Если у Вас (Пользователя) есть замечания или вопросы по настоящей Политике конфиденциальности, либо сомнения, связанные с конфиденциальностью или использованием персональных данных, пожалуйста, обратитесь в  Тек-транспорт по электронному адресу </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="000971D4" w:rsidRPr="002926E4">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00D82D22">
           <w:rPr>
-            <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
-            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>info</w:t>
+          <w:t>2000.tek@mail.ru</w:t>
         </w:r>
-        <w:r w:rsidR="000971D4" w:rsidRPr="002926E4">
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или по адресу 420061, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г.Казань</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> , </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ул.Космонавтрв</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, д.41, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>корп.Б</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, оф.707. В своем обращении как можно подробней опишите ситуацию (ваши опасения, сомнения) и мы сделаем все возможное, чтобы в максимально короткие сроки рассмотреть Ваше обращение и помочь Вам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C9B759F" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02FC21CB" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тек-транспорт определило в компании ответственного (уполномоченного) по защите персональных данных. В случае появления вопросов/сомнений </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>по  Политике</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> персональных данных, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>действиям  Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-транспорт по обработке Ваших персональных данных, а также иные вопросы/проблемы относительно личной информации, Вы можете обратиться к нашему уполномоченному по защите персональных данных:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DA911BC" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A1A1A7C" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кому: Ответственному по защите персональных данных ООО </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>« Тек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-транспорт»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5676F8F0" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>e-mail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00D82D22">
           <w:rPr>
-            <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
+            <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>@</w:t>
+          <w:t>2000.tek@mail.ru</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="000971D4" w:rsidRPr="002926E4">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2D38ECA0" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">420061, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г.Казань</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ул.Космонавтов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> д.41 Б оф.707</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BDA7D01" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07FA8920" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Если Вы (Пользователь) считаете, что мы не разобрались с Вашим вопросом, Вы можете обратиться в местный орган по надзору за соблюдением законодательства по защите персональных данных - Федеральную службы по надзору в сфере связи, информационных технологий и массовых коммуникаций, (в соответствии с положениями Регламента №2016/679 Европейского парламента и Совета Европейского Союза «О защите физических лиц при обработке персональных данных и о свободном обращении таких данных»).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="316B4A8C" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C179FFE" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* Стоимость звонка согласно тарифам Вашего оператора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3161C9E3" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F8AD1A0" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Чтобы узнать, как подать запрос/жалобу или уточнить сроки их рассмотрения – свяжитесь с нами по электронному адресу </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00D82D22">
           <w:rPr>
-            <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
-            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-            <w:szCs w:val="23"/>
+            <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>-</w:t>
+          <w:t>2000.tek@mail.ru</w:t>
         </w:r>
-        <w:r w:rsidR="000971D4" w:rsidRPr="002926E4">
-[...30 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="00443F3D">
-[...2 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> или по адресу 420061, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>г</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г.Казань</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ул.Космонавтов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> д.41 Б оф.707</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B989787" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07F9FCEC" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ИЗМЕНЕНИЕ ПОЛИТИКИ КОНФИДЕНЦИАЛЬНОСТИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C68AC46" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящая Политика может быть изменена без предварительного уведомления или согласия Пользователя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76A5B84B" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E9BFE4C" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В случае внесения существенных изменений в Политику конфиденциальности на нашем сайте будет размещено соответствующее уведомление или будет осуществлена рассылка уведомлений на электронные адреса Пользователей, а также опубликована обновленная Политика. Новая редакция Политики вступает в силу с момента её размещения, если иное не предусмотрено новой редакцией Политики. Вам следует время от времени проверять текст Политики конфиденциальности с целью убедиться, что сделанные изменения являются для Вас приемлемыми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5177768F" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F0C3AB1" w14:textId="77777777" w:rsidR="00443F3D" w:rsidRPr="00D82D22" w:rsidRDefault="00443F3D" w:rsidP="00443F3D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">К настоящей Политике и отношениям между Пользователями </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00443F3D">
-[...7 lines deleted...]
-        <w:t>.К</w:t>
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и Тек</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00443F3D">
-[...902 lines deleted...]
-    <w:sectPr w:rsidR="00583B2E">
+      <w:r w:rsidRPr="00D82D22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-транспорт, возникающим при ее использовании, подлежит применению право Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26E71B70" w14:textId="77777777" w:rsidR="00583B2E" w:rsidRPr="00D82D22" w:rsidRDefault="00583B2E">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00583B2E" w:rsidRPr="00D82D22">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E5002EFF" w:usb1="C200ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="60"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00443F3D"/>
-    <w:rsid w:val="000971D4"/>
+    <w:rsid w:val="000A15A6"/>
     <w:rsid w:val="0025656E"/>
     <w:rsid w:val="00443F3D"/>
+    <w:rsid w:val="00474D25"/>
     <w:rsid w:val="00583B2E"/>
+    <w:rsid w:val="00885591"/>
+    <w:rsid w:val="00D82D22"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="1B0CBF68"/>
+  <w15:docId w15:val="{E3D091B3-ACA1-4416-AD32-0DBFBE99A628}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...209 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="604848747">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="998266316">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -7502,56 +6789,57 @@
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1173954409">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://google.com/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@tek-transport.ru" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esputnik.com/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.consultant.ru/document/Cons_doc_LAW_61801/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.emarsys.com/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@tek-transport.ru" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tek-transport.ru/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@tek-transport.ru" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@tek-transport.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://appsflyer.com/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@tek-transport.ru" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://appsflyer.com/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://google.com/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://e.mail.ru/compose?To=2000.tek@mail.ru" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esputnik.com/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://e.mail.ru/compose?To=2000.tek@mail.ru" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.emarsys.com/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://e.mail.ru/compose?To=2000.tek@mail.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tek-transport.ru/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.consultant.ru/document/Cons_doc_LAW_61801/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7800,65 +7088,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>3030</Words>
-  <Characters>17274</Characters>
+  <Words>3019</Words>
+  <Characters>17210</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>143</Lines>
   <Paragraphs>40</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20264</CharactersWithSpaces>
+  <CharactersWithSpaces>20189</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Антон</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>